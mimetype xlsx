--- v0 (2025-10-08)
+++ v1 (2026-03-30)
@@ -1,70 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\РЕЕСТР МО и СМО\Реестры 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11130"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11130" activeTab="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Лист1" sheetId="1" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="Лист3" sheetId="3" r:id="rId3"/>
+    <sheet name="на 01.09.2024" sheetId="1" r:id="rId1"/>
+    <sheet name="Актуализированный на 09.09.2025" sheetId="4" r:id="rId2"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="48">
   <si>
     <t>Реестровый номер</t>
   </si>
   <si>
     <t>КПП</t>
   </si>
   <si>
     <t>Полное наименование СМО</t>
   </si>
   <si>
     <t>ФИО руководителя филиала в КБР, телфон, факс, адрес электронной почты</t>
   </si>
   <si>
     <t>N п/п</t>
   </si>
   <si>
     <t>07004</t>
   </si>
   <si>
     <t>07005</t>
   </si>
   <si>
     <t>ООО "СМК РЕСО-Мед"</t>
   </si>
   <si>
@@ -124,50 +122,100 @@
   <si>
     <t xml:space="preserve">Кабардино-Балкарский филиал Общества с ограниченной ответственностью "Страховая медицинская компания РЕСО-Мед";  Кабардино-Балкарский филиал ООО "СМК РЕСО-Мед"  </t>
   </si>
   <si>
     <t>Дышекова Рамета Михайловна
 тел.:  (8662)-42 67 84                       факс:  (8662)-42 67 84
 e-mail: drm@reso-med.com</t>
   </si>
   <si>
     <t>Лицензия ОС № 0879-01 от 29.08.2019г., без ограничения срока действия</t>
   </si>
   <si>
     <t>Полное и сокращенное наименование филиала</t>
   </si>
   <si>
     <t>Административное структурное подразделение ООО "Капитал-МС" - филиал в Кабардино-Балкарской Республике; АСП ООО "Капитал МС" - Филиал в КБР</t>
   </si>
   <si>
     <t>Сведения из реестра страховых медицинских организаций, осуществляющих деятельность в сфере ОМС Кабардино-Балкарской Республики в 2025г.</t>
   </si>
   <si>
     <t>Чеченов Заур Аскербиевич  тел.: (8662)-42 77 37                     факс: (8662)-42 40 64                                           e-mail:   oms.nalchik@kapmed.ru</t>
   </si>
   <si>
     <t>Лицензия ОС № 3676-01 от 16.09.2025г., без ограничения срока действия</t>
+  </si>
+  <si>
+    <t>ИНН</t>
+  </si>
+  <si>
+    <t>ОГРН</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Организационно-правовая форма и код организационно-правовой формы страховой медицинской организации (ОКОПФ)
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Численность застрахованных лиц страховой медицинской организацией в субъекте Российской Федерации на дату подачи уведомления
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Количество уполномоченных лиц страховой медицинской организации
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сведения о заключенном договоре о финансовом обеспечении (номер, дата заключения, год реализации территориальной программы
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сведения о прекращении или досрочном расторжении договора о финансовом обеспечении
+</t>
+  </si>
+  <si>
+    <t>7813171100</t>
+  </si>
+  <si>
+    <t>1027806865481</t>
+  </si>
+  <si>
+    <t>Филиалы юридических лиц и код 30002</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>5035000265</t>
+  </si>
+  <si>
+    <t>1025004642519</t>
+  </si>
+  <si>
+    <t>№1 от 01.01.2025, реализация территориальной программы ОМС на 2025</t>
+  </si>
+  <si>
+    <t>№2 от 01.01.2025, реализация территориальной программы ОМС на 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -285,51 +333,51 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -577,59 +625,63 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L23"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B1" workbookViewId="0">
-      <selection activeCell="K3" sqref="K3"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="D6" sqref="D6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.140625" customWidth="1"/>
     <col min="2" max="2" width="12" customWidth="1"/>
     <col min="3" max="3" width="10.42578125" customWidth="1"/>
     <col min="4" max="4" width="37.5703125" customWidth="1"/>
     <col min="5" max="5" width="18.85546875" customWidth="1"/>
     <col min="6" max="6" width="23.42578125" customWidth="1"/>
     <col min="7" max="9" width="24.140625" customWidth="1"/>
     <col min="10" max="10" width="28.42578125" customWidth="1"/>
     <col min="11" max="12" width="29.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="10" t="s">
         <v>30</v>
       </c>
       <c r="B1" s="11"/>
       <c r="C1" s="11"/>
       <c r="D1" s="11"/>
       <c r="E1" s="11"/>
       <c r="F1" s="11"/>
       <c r="G1" s="11"/>
@@ -1009,88 +1061,608 @@
       <c r="A23" s="1"/>
       <c r="B23" s="1"/>
       <c r="C23" s="1"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
       <c r="J23" s="2"/>
       <c r="K23" s="2"/>
       <c r="L23" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:L1"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="69" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1"/>
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:P23"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="E6" sqref="E6"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
-  <sheetData/>
-  <phoneticPr fontId="0" type="noConversion"/>
+  <cols>
+    <col min="1" max="1" width="4.140625" customWidth="1"/>
+    <col min="2" max="2" width="12" customWidth="1"/>
+    <col min="3" max="3" width="13.5703125" customWidth="1"/>
+    <col min="4" max="4" width="16" customWidth="1"/>
+    <col min="5" max="5" width="29.140625" customWidth="1"/>
+    <col min="6" max="6" width="37.5703125" customWidth="1"/>
+    <col min="7" max="7" width="18.85546875" customWidth="1"/>
+    <col min="8" max="8" width="23.42578125" customWidth="1"/>
+    <col min="9" max="9" width="24.140625" customWidth="1"/>
+    <col min="10" max="10" width="28.42578125" customWidth="1"/>
+    <col min="11" max="16" width="29.85546875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:16" ht="23.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B1" s="11"/>
+      <c r="C1" s="11"/>
+      <c r="D1" s="11"/>
+      <c r="E1" s="11"/>
+      <c r="F1" s="11"/>
+      <c r="G1" s="11"/>
+      <c r="H1" s="11"/>
+      <c r="I1" s="11"/>
+      <c r="J1" s="11"/>
+      <c r="K1" s="11"/>
+      <c r="L1" s="11"/>
+      <c r="M1" s="11"/>
+      <c r="N1" s="11"/>
+      <c r="O1" s="11"/>
+      <c r="P1" s="11"/>
+    </row>
+    <row r="2" spans="1:16" ht="115.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B2" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D2" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E2" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="F2" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="H2" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="I2" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J2" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="K2" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="L2" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="M2" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N2" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O2" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P2" s="4" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16" ht="140.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="5">
+        <v>1</v>
+      </c>
+      <c r="B3" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D3" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="E3" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="F3" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="H3" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="I3" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="J3" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="K3" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="L3" s="4">
+        <v>665988</v>
+      </c>
+      <c r="M3" s="4">
+        <v>42</v>
+      </c>
+      <c r="N3" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="O3" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P3" s="4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16" s="3" customFormat="1" ht="156.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="5">
+        <v>2</v>
+      </c>
+      <c r="B4" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C4" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="G4" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="H4" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="I4" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="J4" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="K4" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="L4" s="4">
+        <v>67986</v>
+      </c>
+      <c r="M4" s="4">
+        <v>3</v>
+      </c>
+      <c r="N4" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="O4" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" s="4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A5" s="1"/>
+      <c r="B5" s="1"/>
+      <c r="C5" s="1"/>
+      <c r="D5" s="1"/>
+      <c r="E5" s="1"/>
+      <c r="F5" s="2"/>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2"/>
+      <c r="I5" s="2"/>
+      <c r="J5" s="2"/>
+      <c r="K5" s="2"/>
+      <c r="L5" s="2"/>
+      <c r="M5" s="2"/>
+      <c r="N5" s="2"/>
+      <c r="O5" s="2"/>
+      <c r="P5" s="2"/>
+    </row>
+    <row r="6" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A6" s="1"/>
+      <c r="B6" s="1"/>
+      <c r="C6" s="1"/>
+      <c r="D6" s="1"/>
+      <c r="E6" s="1"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
+      <c r="J6" s="2"/>
+      <c r="K6" s="2"/>
+      <c r="L6" s="2"/>
+      <c r="M6" s="2"/>
+      <c r="N6" s="2"/>
+      <c r="O6" s="2"/>
+      <c r="P6" s="2"/>
+    </row>
+    <row r="7" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A7" s="1"/>
+      <c r="B7" s="1"/>
+      <c r="C7" s="1"/>
+      <c r="D7" s="1"/>
+      <c r="E7" s="1"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
+      <c r="J7" s="2"/>
+      <c r="K7" s="2"/>
+      <c r="L7" s="2"/>
+      <c r="M7" s="2"/>
+      <c r="N7" s="2"/>
+      <c r="O7" s="2"/>
+      <c r="P7" s="2"/>
+    </row>
+    <row r="8" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A8" s="1"/>
+      <c r="B8" s="1"/>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1"/>
+      <c r="E8" s="1"/>
+      <c r="F8" s="2"/>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2"/>
+      <c r="I8" s="2"/>
+      <c r="J8" s="2"/>
+      <c r="K8" s="2"/>
+      <c r="L8" s="2"/>
+      <c r="M8" s="2"/>
+      <c r="N8" s="2"/>
+      <c r="O8" s="2"/>
+      <c r="P8" s="2"/>
+    </row>
+    <row r="9" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A9" s="1"/>
+      <c r="B9" s="1"/>
+      <c r="C9" s="1"/>
+      <c r="D9" s="1"/>
+      <c r="E9" s="1"/>
+      <c r="F9" s="2"/>
+      <c r="G9" s="2"/>
+      <c r="H9" s="2"/>
+      <c r="I9" s="2"/>
+      <c r="J9" s="2"/>
+      <c r="K9" s="2"/>
+      <c r="L9" s="2"/>
+      <c r="M9" s="2"/>
+      <c r="N9" s="2"/>
+      <c r="O9" s="2"/>
+      <c r="P9" s="2"/>
+    </row>
+    <row r="10" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A10" s="1"/>
+      <c r="B10" s="1"/>
+      <c r="C10" s="1"/>
+      <c r="D10" s="1"/>
+      <c r="E10" s="1"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2"/>
+      <c r="I10" s="2"/>
+      <c r="J10" s="2"/>
+      <c r="K10" s="2"/>
+      <c r="L10" s="2"/>
+      <c r="M10" s="2"/>
+      <c r="N10" s="2"/>
+      <c r="O10" s="2"/>
+      <c r="P10" s="2"/>
+    </row>
+    <row r="11" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A11" s="1"/>
+      <c r="B11" s="1"/>
+      <c r="C11" s="1"/>
+      <c r="D11" s="1"/>
+      <c r="E11" s="1"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
+      <c r="J11" s="2"/>
+      <c r="K11" s="2"/>
+      <c r="L11" s="2"/>
+      <c r="M11" s="2"/>
+      <c r="N11" s="2"/>
+      <c r="O11" s="2"/>
+      <c r="P11" s="2"/>
+    </row>
+    <row r="12" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A12" s="1"/>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2"/>
+      <c r="H12" s="2"/>
+      <c r="I12" s="2"/>
+      <c r="J12" s="2"/>
+      <c r="K12" s="2"/>
+      <c r="L12" s="2"/>
+      <c r="M12" s="2"/>
+      <c r="N12" s="2"/>
+      <c r="O12" s="2"/>
+      <c r="P12" s="2"/>
+    </row>
+    <row r="13" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A13" s="1"/>
+      <c r="B13" s="1"/>
+      <c r="C13" s="1"/>
+      <c r="D13" s="1"/>
+      <c r="E13" s="1"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
+      <c r="J13" s="2"/>
+      <c r="K13" s="2"/>
+      <c r="L13" s="2"/>
+      <c r="M13" s="2"/>
+      <c r="N13" s="2"/>
+      <c r="O13" s="2"/>
+      <c r="P13" s="2"/>
+    </row>
+    <row r="14" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A14" s="1"/>
+      <c r="B14" s="1"/>
+      <c r="C14" s="1"/>
+      <c r="D14" s="1"/>
+      <c r="E14" s="1"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+      <c r="I14" s="2"/>
+      <c r="J14" s="2"/>
+      <c r="K14" s="2"/>
+      <c r="L14" s="2"/>
+      <c r="M14" s="2"/>
+      <c r="N14" s="2"/>
+      <c r="O14" s="2"/>
+      <c r="P14" s="2"/>
+    </row>
+    <row r="15" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A15" s="1"/>
+      <c r="B15" s="1"/>
+      <c r="C15" s="1"/>
+      <c r="D15" s="1"/>
+      <c r="E15" s="1"/>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2"/>
+      <c r="H15" s="2"/>
+      <c r="I15" s="2"/>
+      <c r="J15" s="2"/>
+      <c r="K15" s="2"/>
+      <c r="L15" s="2"/>
+      <c r="M15" s="2"/>
+      <c r="N15" s="2"/>
+      <c r="O15" s="2"/>
+      <c r="P15" s="2"/>
+    </row>
+    <row r="16" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A16" s="1"/>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="1"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
+      <c r="J16" s="2"/>
+      <c r="K16" s="2"/>
+      <c r="L16" s="2"/>
+      <c r="M16" s="2"/>
+      <c r="N16" s="2"/>
+      <c r="O16" s="2"/>
+      <c r="P16" s="2"/>
+    </row>
+    <row r="17" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A17" s="1"/>
+      <c r="B17" s="1"/>
+      <c r="C17" s="1"/>
+      <c r="D17" s="1"/>
+      <c r="E17" s="1"/>
+      <c r="F17" s="2"/>
+      <c r="G17" s="2"/>
+      <c r="H17" s="2"/>
+      <c r="I17" s="2"/>
+      <c r="J17" s="2"/>
+      <c r="K17" s="2"/>
+      <c r="L17" s="2"/>
+      <c r="M17" s="2"/>
+      <c r="N17" s="2"/>
+      <c r="O17" s="2"/>
+      <c r="P17" s="2"/>
+    </row>
+    <row r="18" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A18" s="1"/>
+      <c r="B18" s="1"/>
+      <c r="C18" s="1"/>
+      <c r="D18" s="1"/>
+      <c r="E18" s="1"/>
+      <c r="F18" s="2"/>
+      <c r="G18" s="2"/>
+      <c r="H18" s="2"/>
+      <c r="I18" s="2"/>
+      <c r="J18" s="2"/>
+      <c r="K18" s="2"/>
+      <c r="L18" s="2"/>
+      <c r="M18" s="2"/>
+      <c r="N18" s="2"/>
+      <c r="O18" s="2"/>
+      <c r="P18" s="2"/>
+    </row>
+    <row r="19" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A19" s="1"/>
+      <c r="B19" s="1"/>
+      <c r="C19" s="1"/>
+      <c r="D19" s="1"/>
+      <c r="E19" s="1"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="2"/>
+      <c r="J19" s="2"/>
+      <c r="K19" s="2"/>
+      <c r="L19" s="2"/>
+      <c r="M19" s="2"/>
+      <c r="N19" s="2"/>
+      <c r="O19" s="2"/>
+      <c r="P19" s="2"/>
+    </row>
+    <row r="20" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A20" s="1"/>
+      <c r="B20" s="1"/>
+      <c r="C20" s="1"/>
+      <c r="D20" s="1"/>
+      <c r="E20" s="1"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="2"/>
+      <c r="J20" s="2"/>
+      <c r="K20" s="2"/>
+      <c r="L20" s="2"/>
+      <c r="M20" s="2"/>
+      <c r="N20" s="2"/>
+      <c r="O20" s="2"/>
+      <c r="P20" s="2"/>
+    </row>
+    <row r="21" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A21" s="1"/>
+      <c r="B21" s="1"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2"/>
+      <c r="I21" s="2"/>
+      <c r="J21" s="2"/>
+      <c r="K21" s="2"/>
+      <c r="L21" s="2"/>
+      <c r="M21" s="2"/>
+      <c r="N21" s="2"/>
+      <c r="O21" s="2"/>
+      <c r="P21" s="2"/>
+    </row>
+    <row r="22" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A22" s="1"/>
+      <c r="B22" s="1"/>
+      <c r="C22" s="1"/>
+      <c r="D22" s="1"/>
+      <c r="E22" s="1"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
+      <c r="J22" s="2"/>
+      <c r="K22" s="2"/>
+      <c r="L22" s="2"/>
+      <c r="M22" s="2"/>
+      <c r="N22" s="2"/>
+      <c r="O22" s="2"/>
+      <c r="P22" s="2"/>
+    </row>
+    <row r="23" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A23" s="1"/>
+      <c r="B23" s="1"/>
+      <c r="C23" s="1"/>
+      <c r="D23" s="1"/>
+      <c r="E23" s="1"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="2"/>
+      <c r="I23" s="2"/>
+      <c r="J23" s="2"/>
+      <c r="K23" s="2"/>
+      <c r="L23" s="2"/>
+      <c r="M23" s="2"/>
+      <c r="N23" s="2"/>
+      <c r="O23" s="2"/>
+      <c r="P23" s="2"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:P1"/>
+  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-</worksheet>
-[...11 lines deleted...]
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="69" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
-[...2 lines deleted...]
-      <vt:lpstr>Лист3</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>на 01.09.2024</vt:lpstr>
+      <vt:lpstr>Актуализированный на 09.09.2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>001002</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>